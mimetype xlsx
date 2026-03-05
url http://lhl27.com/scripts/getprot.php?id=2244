--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -186,75 +186,75 @@
   <si>
     <t>Команда « Б » «Хабрайон»</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>03:20</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>26:08</t>
   </si>
   <si>
     <t>19:11</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>35:17</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>37:32</t>
   </si>
   <si>
     <t>41:08</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>42:15</t>
   </si>
   <si>
     <t>Гуленок Альберт</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Шевченко Максим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
@@ -1749,205 +1749,205 @@
       </c>
       <c r="O31" s="7">
         <v>33</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>2</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>29</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K32" s="7">
         <v>25</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>34</v>
       </c>
       <c r="O32" s="7">
         <v>98</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>2</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>33</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K33" s="7">
         <v>24</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O33" s="7">
         <v>49</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>2</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>45</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>37</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K34" s="7">
         <v>9</v>
       </c>
       <c r="L34" s="7">
         <v>18</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>49</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>79</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>83</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>