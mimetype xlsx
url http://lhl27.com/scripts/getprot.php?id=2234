--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -207,57 +207,57 @@
   <si>
     <t>Команда « Б » «Метеор»</t>
   </si>
   <si>
     <t>Кожуховский Сергей</t>
   </si>
   <si>
     <t>19-02</t>
   </si>
   <si>
     <t>12-57</t>
   </si>
   <si>
     <t>Леухин Сергей</t>
   </si>
   <si>
     <t>+2</t>
   </si>
   <si>
     <t>26:09</t>
   </si>
   <si>
     <t>16-26</t>
   </si>
   <si>
+    <t>Нагорный Евгений</t>
+  </si>
+  <si>
+    <t>32-28</t>
+  </si>
+  <si>
     <t>Рязанский Артем</t>
-  </si>
-[...4 lines deleted...]
-    <t>Нагорный Евгений</t>
   </si>
   <si>
     <t>39-00</t>
   </si>
   <si>
     <t>28-16</t>
   </si>
   <si>
     <t>Кремлев Никита</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Локтев Дмитрий</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
@@ -1809,96 +1809,96 @@
       </c>
       <c r="O31" s="7">
         <v>34</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>12</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>64</v>
       </c>
       <c r="K32" s="7">
         <v>12</v>
       </c>
       <c r="L32" s="7">
         <v>71</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>23</v>
       </c>
       <c r="O32" s="7">
         <v>77</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>19</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>12</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="7" t="s">
         <v>66</v>
       </c>
       <c r="K33" s="7">
         <v>99</v>
       </c>
       <c r="L33" s="7">
         <v>10</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>67</v>
       </c>
       <c r="O33" s="7">
         <v>86</v>
       </c>