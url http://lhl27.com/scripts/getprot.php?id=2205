--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -153,54 +153,54 @@
   <si>
     <t>38-45</t>
   </si>
   <si>
     <t>Деньгин Андрей</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>Васильченко Алексей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
+    <t>Бондаренко Сергей</t>
+  </si>
+  <si>
     <t>Бондаренко Тарас</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бондаренко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Метеор»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>03-01</t>
   </si>
   <si>
     <t>15-00</t>
   </si>
   <si>
     <t>Давыдов Алексей</t>
   </si>
   <si>
     <t>06-15</t>
   </si>