--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -153,54 +153,54 @@
   <si>
     <t>Лищинский Никита</t>
   </si>
   <si>
     <t>Сибиль Александр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Колычев Кирилл</t>
   </si>
   <si>
     <t>Кириков Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
+    <t>Ерохин Иван</t>
+  </si>
+  <si>
     <t>Воробьев Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ерохин Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс РЭБ»</t>
   </si>
   <si>
     <t>Басенко Павел</t>
   </si>
   <si>
     <t>12-01</t>
   </si>
   <si>
     <t>14-10</t>
   </si>
   <si>
     <t>Ледовский Вячеслав</t>
   </si>
   <si>
     <t>13-58</t>
   </si>