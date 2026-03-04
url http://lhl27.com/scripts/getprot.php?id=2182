--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -132,54 +132,54 @@
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
     <t>Удалов Геннадий</t>
   </si>
   <si>
     <t>Лищинский Никита</t>
   </si>
   <si>
     <t>Сибиль Александр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Колычев Кирилл</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
+    <t>Воробьев Артем</t>
+  </si>
+  <si>
     <t>Ерохин Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские Леопарды»</t>
   </si>
   <si>
     <t>Фадеев Владислав</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>01-15</t>
   </si>
   <si>
     <t>05-18</t>
   </si>
   <si>
     <t>Петров Егор</t>
   </si>