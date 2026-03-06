--- v1 (2026-03-04)
+++ v2 (2026-03-06)
@@ -147,63 +147,63 @@
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Колычев Кирилл</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Ерохин Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские Леопарды»</t>
   </si>
   <si>
+    <t>Петров Егор</t>
+  </si>
+  <si>
+    <t>+1</t>
+  </si>
+  <si>
+    <t>01-15</t>
+  </si>
+  <si>
+    <t>05-18</t>
+  </si>
+  <si>
     <t>Фадеев Владислав</t>
-  </si>
-[...10 lines deleted...]
-    <t>Петров Егор</t>
   </si>
   <si>
     <t>04-02</t>
   </si>
   <si>
     <t>Зинатулин Сергей</t>
   </si>
   <si>
     <t>09-30</t>
   </si>
   <si>
     <t>Цисляк Игорь</t>
   </si>
   <si>
     <t>25-13</t>
   </si>
   <si>
     <t>Ковехов Алексей</t>
   </si>
   <si>
     <t>32-17</t>
   </si>
   <si>
     <t>Лысков Алексей</t>
   </si>
@@ -1587,98 +1587,98 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="J30" s="7" t="s">
         <v>45</v>
       </c>
       <c r="K30" s="7">
         <v>19</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>46</v>
       </c>
       <c r="O30" s="7">
         <v>8</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>6</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>1</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K31" s="7">
         <v>20</v>
       </c>
       <c r="L31" s="7">
         <v>84</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">