--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -147,54 +147,54 @@
   <si>
     <t>35-18</t>
   </si>
   <si>
     <t>Щетинин Валерий</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
+    <t>Грунин Алексей</t>
+  </si>
+  <si>
     <t>Россейкин Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Хомитов Михаил</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Алькор 2»</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>11-35</t>
   </si>
   <si>
     <t>22-15</t>
   </si>