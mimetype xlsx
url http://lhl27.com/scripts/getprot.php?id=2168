--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -120,69 +120,69 @@
   <si>
     <t>14-47</t>
   </si>
   <si>
     <t>17-34</t>
   </si>
   <si>
     <t>Коломиец Виктор</t>
   </si>
   <si>
     <t>21-17</t>
   </si>
   <si>
     <t>24-30</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>22-41</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>30-41</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>34-39</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t>Пушко Максим</t>
   </si>
   <si>
     <t>38-38</t>
   </si>
   <si>
     <t>Пилипенко Александр</t>
   </si>
@@ -1096,152 +1096,152 @@
       <c r="L8" s="6">
         <v>55</v>
       </c>
       <c r="M8" s="8">
         <v>10</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>29</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K9" s="6">
         <v>55</v>
       </c>
       <c r="L9" s="6">
         <v>87</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>33</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K10" s="6">
         <v>55</v>
       </c>
       <c r="L10" s="6">
         <v>24</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>45</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>79</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>83</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1633,51 +1633,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>47</v>
       </c>
       <c r="K30" s="7">
         <v>57</v>
       </c>
       <c r="L30" s="7">
         <v>61</v>
       </c>
       <c r="M30" s="7">
         <v>12</v>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
@@ -1734,51 +1734,51 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>19</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>25</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
@@ -1815,51 +1815,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>29</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>32</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1869,51 +1869,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>37</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>57</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -1923,51 +1923,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>70</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>72</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
@@ -2004,51 +2004,51 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>88</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>88</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
@@ -2139,51 +2139,51 @@
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>94</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7"/>
       <c r="B49" s="12"/>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7"/>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>