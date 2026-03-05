--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -132,54 +132,54 @@
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33-01</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
     <t>Гончаров Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Дедковский Сергей</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Митрофанов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Летучие Мыши»</t>
   </si>
   <si>
     <t>24-41</t>
   </si>
   <si>
     <t>Тортоев Василий</t>
   </si>
@@ -1197,78 +1197,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>85</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>85</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>87</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>