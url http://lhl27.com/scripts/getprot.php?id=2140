--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -96,65 +96,65 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>3-59</t>
   </si>
   <si>
     <t>Райлян Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>4-50</t>
   </si>
   <si>
+    <t>Коновченко Виталий</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>+1</t>
+  </si>
+  <si>
+    <t>14-59</t>
+  </si>
+  <si>
     <t>Атяньчев Михаил</t>
   </si>
   <si>
-    <t>Нп</t>
-[...10 lines deleted...]
-  <si>
     <t>15-28</t>
   </si>
   <si>
     <t>Глушков Максим</t>
   </si>
   <si>
     <t>16-38</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>22-45</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>34-00</t>
   </si>
   <si>
     <t>Кашенков Антон</t>
   </si>
   <si>
     <t>48-09</t>
@@ -180,54 +180,54 @@
   <si>
     <t>Мокеев Артем</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Ласковый Вадим</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Христинин Валерий</t>
   </si>
   <si>
     <t>Шкурка Вячеслав</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
   <si>
+    <t>Калинин Игорь</t>
+  </si>
+  <si>
     <t>Подлесный Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Калинин Игорь</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс РЭБ»</t>
   </si>
   <si>
     <t>Басенко Павел</t>
   </si>
   <si>
     <t>13-03</t>
   </si>
   <si>
     <t>Ледовский Вячеслав</t>
   </si>
   <si>
     <t>Салогуб Алексей</t>
   </si>
   <si>
     <t>Кочетыгов Виктор</t>
   </si>
@@ -1565,78 +1565,78 @@
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
         <v>99</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
       <c r="G25" s="10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="10"/>
       <c r="O25" s="10"/>
       <c r="P25" s="10"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="10"/>
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5">
         <v>99</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="15" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>