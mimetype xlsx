--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -117,56 +117,56 @@
   <si>
     <t>Ледовский Вячеслав</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>33-15</t>
   </si>
   <si>
     <t>15-56</t>
   </si>
   <si>
     <t>Салогуб Алексей</t>
   </si>
   <si>
     <t>Буторин Павел</t>
   </si>
   <si>
     <t>Заверталюк Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
   </si>
   <si>
-    <t>Дылев Максим</t>
-[...1 lines deleted...]
-  <si>
     <t>Куликов Антон</t>
   </si>
   <si>
     <t>Мазитов Рамиль</t>
   </si>
   <si>
     <t>Разинкин Сергей</t>
   </si>
   <si>
     <t>Сабо Кирилл</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
   <si>
     <t>Гуров Евгений</t>
   </si>
   <si>
     <t>Карташов Илья</t>
   </si>
   <si>
     <t>Шарапов Павел</t>
   </si>
   <si>
     <t>Демичев Александр</t>
@@ -204,54 +204,54 @@
   <si>
     <t>Ятченко Роман</t>
   </si>
   <si>
     <t>35-04</t>
   </si>
   <si>
     <t>Щетинин Валерий</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
+    <t>Россейкин Максим</t>
+  </si>
+  <si>
     <t>Грунин Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Россейкин Максим</t>
   </si>
   <si>
     <t>Хомитов Михаил</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1092,78 +1092,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>24</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>24</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>25</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>