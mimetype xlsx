--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -150,54 +150,54 @@
   <si>
     <t>Кан Родион</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Щетинин Валерий</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
     <t>Чье Бу</t>
   </si>
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
+    <t>Россейкин Максим</t>
+  </si>
+  <si>
     <t>Грунин Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Россейкин Максим</t>
   </si>
   <si>
     <t>Хомитов Михаил</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Гранит»</t>
   </si>
   <si>
     <t>Камболин Сергей</t>
   </si>
   <si>
     <t>31-29</t>
   </si>
   <si>
     <t>11-40</t>
   </si>