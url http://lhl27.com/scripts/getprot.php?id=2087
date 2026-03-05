--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -105,65 +105,65 @@
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>29:30</t>
   </si>
   <si>
     <t>Коломиец Виктор</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Гуленок Альберт</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Олимпия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>05:10</t>
   </si>
   <si>
     <t>21:25</t>
   </si>
   <si>
     <t>07:40</t>
@@ -201,54 +201,54 @@
   <si>
     <t>36:00</t>
   </si>
   <si>
     <t>Мантулов Флорентин</t>
   </si>
   <si>
     <t>38:00</t>
   </si>
   <si>
     <t>Шершнев Андрей</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Соболев Евгений</t>
   </si>
   <si>
     <t>Онищук Олег</t>
   </si>
   <si>
     <t>Полещук Сергей</t>
   </si>
   <si>
+    <t>Поздняков Герман</t>
+  </si>
+  <si>
     <t>Субботников Вадим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Лукьянов Александр</t>
   </si>
   <si>
     <t>Дюжов Данил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
   </si>
@@ -1043,159 +1043,159 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>29</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>33</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>45</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>49</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>79</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>83</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1712,51 +1712,51 @@
       <c r="L33" s="7">
         <v>71</v>
       </c>
       <c r="M33" s="7">
         <v>70</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>1</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>47</v>
       </c>
       <c r="K34" s="7">
         <v>71</v>
       </c>
       <c r="L34" s="7">
         <v>17</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">