--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -147,54 +147,54 @@
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>Волков Лев</t>
   </si>
   <si>
     <t>Васильченко Алексей</t>
   </si>
   <si>
     <t>Морозовский Дмитрий</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
+    <t>Бондаренко Сергей</t>
+  </si>
+  <si>
     <t>Бондаренко Тарас</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бондаренко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>21-02</t>
   </si>
   <si>
     <t>3-22</t>
   </si>
   <si>
     <t>35:34</t>
   </si>
   <si>
     <t>Каргин Евгений</t>
   </si>