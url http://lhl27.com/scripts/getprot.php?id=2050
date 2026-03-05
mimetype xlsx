--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -120,54 +120,54 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ким Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
+    <t>Грунин Алексей</t>
+  </si>
+  <si>
     <t>Россейкин Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Хомитов Михаил</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Свирепые Пчелы 2»</t>
   </si>
   <si>
     <t>Коновченко Виталий</t>
   </si>
   <si>
     <t>4-42</t>
   </si>
   <si>
     <t>23-25</t>
   </si>