--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Олимпия» Vs «Торнадо»</t>
   </si>
   <si>
     <t>Высшая лига. Регулярный чемпионат 2018-2019</t>
   </si>
   <si>
     <t>СК Амур</t>
   </si>
   <si>
     <t>Дата 05.09.2018</t>
   </si>
   <si>
     <t>Начало 20-15</t>
   </si>
   <si>
     <t>Игра 4 OLM-TRD</t>
   </si>
   <si>
     <t>Команда « А » «Олимпия»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -187,53 +187,50 @@
     <t>Шатун Михаил</t>
   </si>
   <si>
     <t>Лукьянов Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t>Агапов Виктор</t>
   </si>
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Бармотин Владимир</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1753,206 +1750,206 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>30</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>30</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>57</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>88</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>91</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>93</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>94</v>
       </c>
       <c r="B39" s="12" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7"/>
       <c r="B40" s="12"/>
       <c r="C40" s="13"/>
@@ -2251,70 +2248,70 @@
       <c r="S53" s="11"/>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" s="11"/>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
       <c r="I54" s="11"/>
       <c r="J54" s="11"/>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
       <c r="O54" s="11"/>
       <c r="P54" s="11"/>
       <c r="Q54" s="11"/>
       <c r="R54" s="11"/>
       <c r="S54" s="11"/>
     </row>
     <row r="55" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A55" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B55" s="19"/>
       <c r="C55" s="19"/>
       <c r="D55" s="19"/>
       <c r="E55" s="19"/>
       <c r="F55" s="19"/>
       <c r="G55" s="20" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H55" s="20"/>
       <c r="I55" s="20"/>
       <c r="J55" s="20"/>
       <c r="K55" s="20"/>
       <c r="L55" s="20"/>
       <c r="M55" s="20"/>
       <c r="N55" s="20"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23"/>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
       <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>