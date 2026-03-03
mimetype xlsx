--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -177,54 +177,54 @@
   <si>
     <t>07-40</t>
   </si>
   <si>
     <t>10-20</t>
   </si>
   <si>
     <t>Каргин Евгений</t>
   </si>
   <si>
     <t>Филатов Антон</t>
   </si>
   <si>
     <t>34-25</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Шахматов Сергей</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
+    <t>Троценко Антон</t>
+  </si>
+  <si>
     <t>Середа Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Троценко Антон</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Кошель Виталий</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
@@ -1800,78 +1800,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>22</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>22</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>24</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>