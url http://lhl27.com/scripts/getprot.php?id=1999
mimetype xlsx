--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -1943,51 +1943,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>30</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>34</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>