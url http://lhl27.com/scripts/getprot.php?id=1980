--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -183,54 +183,54 @@
   <si>
     <t>43-52</t>
   </si>
   <si>
     <t>22-26</t>
   </si>
   <si>
     <t>28-53</t>
   </si>
   <si>
     <t>Воронов Александр</t>
   </si>
   <si>
     <t>42-46</t>
   </si>
   <si>
     <t>Кушнарев Олег</t>
   </si>
   <si>
     <t>Банин Алексей</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
+    <t>Довбня Никита</t>
+  </si>
+  <si>
     <t>Стариков Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Довбня Никита</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>