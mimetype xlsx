--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -975,51 +975,51 @@
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5"/>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K6" s="6">
         <v>78</v>
       </c>
       <c r="L6" s="6">
         <v>0</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>25</v>
       </c>
       <c r="O6" s="6">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>5</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>1</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="6"/>
@@ -1204,51 +1204,51 @@
       <c r="B14" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
@@ -1819,51 +1819,51 @@
       <c r="L35" s="7">
         <v>28</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>30</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H36" s="7">
         <v>7</v>
       </c>
       <c r="I36" s="7"/>
       <c r="J36" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K36" s="7">
         <v>41</v>
       </c>
       <c r="L36" s="7">
         <v>0</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">