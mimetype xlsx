--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -123,54 +123,54 @@
   <si>
     <t>18:05</t>
   </si>
   <si>
     <t>Мирзоев Шерали</t>
   </si>
   <si>
     <t>31:46</t>
   </si>
   <si>
     <t>Сафонов Александр</t>
   </si>
   <si>
     <t>39:46</t>
   </si>
   <si>
     <t>Бессарабец Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Старков Кирилл</t>
   </si>
   <si>
+    <t>Сухинин Антон</t>
+  </si>
+  <si>
     <t>Меркурьев Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Сухинин Антон</t>
   </si>
   <si>
     <t>Шаркунов Максим</t>
   </si>
   <si>
     <t>Мехельсон Глеб</t>
   </si>
   <si>
     <t>Крейнес Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл 2»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>23:46</t>
   </si>
@@ -1093,78 +1093,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>69</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>69</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>85</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>