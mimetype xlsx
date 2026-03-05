--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -111,54 +111,54 @@
   <si>
     <t>36-30</t>
   </si>
   <si>
     <t>44-24</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Мальцев Виктор</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
+    <t>Овечкин Сергей</t>
+  </si>
+  <si>
     <t>Краснопольский Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Овечкин Сергей</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Ломакин Валерий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>Столяров Тимофей</t>
   </si>