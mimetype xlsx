--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -123,57 +123,57 @@
   <si>
     <t>18:55</t>
   </si>
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33:10</t>
   </si>
   <si>
     <t>44:55</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>42:05</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
+    <t>Махлепов Алексей</t>
+  </si>
+  <si>
     <t>Новоселов Валерий</t>
   </si>
   <si>
     <t>Зщ</t>
-  </si>
-[...1 lines deleted...]
-    <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Зайков Роман</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Манкевич Артем</t>
   </si>
@@ -1120,78 +1120,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>23</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1282,51 +1282,51 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>39</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>47</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1336,78 +1336,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>71</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>77</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>83</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -1796,78 +1796,78 @@
       </c>
       <c r="O33" s="7">
         <v>47</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>17</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>30</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -1904,78 +1904,78 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>47</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>58</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>61</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
@@ -2012,51 +2012,51 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>78</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>96</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>