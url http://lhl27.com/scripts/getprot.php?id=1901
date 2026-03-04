--- v1 (2026-03-04)
+++ v2 (2026-03-04)
@@ -123,66 +123,66 @@
   <si>
     <t>18:55</t>
   </si>
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33:10</t>
   </si>
   <si>
     <t>44:55</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>42:05</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
+    <t>Новоселов Валерий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
-    <t>Новоселов Валерий</t>
-[...4 lines deleted...]
-  <si>
     <t>Тишков Иван</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Манкевич Артем</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1120,78 +1120,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>23</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1282,51 +1282,51 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>39</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>47</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1336,78 +1336,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>71</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>77</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>83</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -1796,78 +1796,78 @@
       </c>
       <c r="O33" s="7">
         <v>47</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>17</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>30</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -1904,78 +1904,78 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>47</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>58</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>61</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
@@ -2012,51 +2012,51 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>78</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>96</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>