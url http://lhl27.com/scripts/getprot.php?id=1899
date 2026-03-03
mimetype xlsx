--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -141,54 +141,54 @@
   <si>
     <t>Щетинин Валерий</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
     <t>Шиян Александр</t>
   </si>
   <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
     <t>Чье Бу</t>
   </si>
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
+    <t>Грунин Алексей</t>
+  </si>
+  <si>
     <t>Россейкин Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Свирепые Пчелы 2»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>6-45</t>
   </si>
   <si>
     <t>12-34</t>
   </si>
   <si>
     <t>15-44</t>
   </si>