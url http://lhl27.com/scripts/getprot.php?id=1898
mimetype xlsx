--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -192,54 +192,54 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>01-03</t>
   </si>
   <si>
     <t>12-30</t>
   </si>
   <si>
     <t>Коновченко Виталий</t>
   </si>
   <si>
     <t>10-50</t>
   </si>
   <si>
     <t>18-43</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>Кашенков Антон</t>
   </si>
   <si>
+    <t>Шихов Александр</t>
+  </si>
+  <si>
     <t>Кошелев Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шихов Александр</t>
   </si>
   <si>
     <t>Гаркуша Владимир</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Волошин Алексей</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Ласковый Вадим</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Христинин Валерий</t>
   </si>