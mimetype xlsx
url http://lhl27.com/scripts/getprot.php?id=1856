--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -132,57 +132,57 @@
   <si>
     <t>43:46</t>
   </si>
   <si>
     <t>28:37</t>
   </si>
   <si>
     <t>Рассказов Евгений</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>36:56</t>
   </si>
   <si>
     <t>Светачев Алексей</t>
   </si>
   <si>
     <t>37:56</t>
   </si>
   <si>
+    <t>Матиенко Роман</t>
+  </si>
+  <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>Голубчик Игорь</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Жилин Алексей</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Золотухин Сергей</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
@@ -1138,78 +1138,78 @@
       </c>
       <c r="O9" s="6">
         <v>41</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>5</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>41</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>41</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>44</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1910,51 +1910,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>72</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>83</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>