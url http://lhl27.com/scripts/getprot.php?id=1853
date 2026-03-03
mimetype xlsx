--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -123,54 +123,54 @@
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>43-18</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Качковский Константин</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Зайков Роман</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зайков Роман</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рубеж 2»</t>
   </si>