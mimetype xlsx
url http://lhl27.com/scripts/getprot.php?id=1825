--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -111,54 +111,54 @@
   <si>
     <t>02:55</t>
   </si>
   <si>
     <t>Ищенко Павел</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>24:50</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>29:29</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
+    <t>Селихов Алексей</t>
+  </si>
+  <si>
     <t>Черкес Кирилл</t>
-  </si>
-[...1 lines deleted...]
-    <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Карпылев Александр</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Зырянов Андрей</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Сахно Павел</t>
   </si>