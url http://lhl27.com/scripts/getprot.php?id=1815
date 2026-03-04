--- v0 (2026-03-03)
+++ v1 (2026-03-04)
@@ -144,57 +144,57 @@
   <si>
     <t>38:00</t>
   </si>
   <si>
     <t>29:50</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>44:47</t>
   </si>
   <si>
     <t>Трещенко Артём</t>
   </si>
   <si>
     <t>Меньшов Олег</t>
   </si>
   <si>
     <t>Телепнев Валентин</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
+    <t>Лазутин Юрий</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Баськов Денис</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Наприенко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock-n-Rolla»</t>
   </si>
   <si>
     <t>Соломоненко Александр</t>
   </si>
   <si>
     <t>09:05</t>
   </si>
@@ -1252,78 +1252,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>83</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>83</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>87</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1890,51 +1890,51 @@
       <c r="L35" s="7">
         <v>68</v>
       </c>
       <c r="M35" s="7">
         <v>77</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>72</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>77</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>