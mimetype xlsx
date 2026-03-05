--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -198,54 +198,54 @@
   <si>
     <t>43-00</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>44-59</t>
   </si>
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Галанцев Артем</t>
   </si>
   <si>
+    <t>Крутский Валерий</t>
+  </si>
+  <si>
     <t>Браславский Леонид</t>
-  </si>
-[...1 lines deleted...]
-    <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Ромашкин Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
@@ -1805,51 +1805,51 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>30</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>57</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -1886,78 +1886,78 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>88</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>88</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>91</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>