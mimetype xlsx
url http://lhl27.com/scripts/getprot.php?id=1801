--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -105,57 +105,57 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>01:50</t>
   </si>
   <si>
     <t>37:03</t>
   </si>
   <si>
     <t>20:47</t>
   </si>
   <si>
     <t>Вьюнов Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>29:10</t>
   </si>
   <si>
     <t>Шешуков Владимир</t>
   </si>
   <si>
+    <t>Ахметшин Диан</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Болдырев Владимир</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ахметшин Диан</t>
   </si>
   <si>
     <t>Федоров Евгений</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
     <t>Деменюк Константин</t>
   </si>
   <si>
     <t>Саксонин Дмитрий</t>
   </si>
   <si>
     <t>Фокин Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Грязнов Максим</t>
   </si>
   <si>
     <t>Куликов Денис</t>
   </si>