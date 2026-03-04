--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -1808,51 +1808,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>30</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>34</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>