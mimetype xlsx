--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -114,66 +114,66 @@
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Пыжов Роман</t>
   </si>
   <si>
     <t>Плахотный Андрей</t>
   </si>
   <si>
     <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Белов Евгений</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Шелыганов Вадим</t>
   </si>
   <si>
     <t>Ильин Евгений</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рубеж 2»</t>
   </si>
   <si>
     <t>Радина Раиса</t>
   </si>
   <si>
     <t>23:09</t>
   </si>
@@ -1106,186 +1106,186 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>34</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>35</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>41</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>71</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>73</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>77</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1905,51 +1905,51 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>72</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>79</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>