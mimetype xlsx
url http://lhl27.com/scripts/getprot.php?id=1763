--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -132,56 +132,56 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Пронкевич Владимир</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Кривошеев Евгений</t>
   </si>
   <si>
     <t>Изотов Сергей</t>
   </si>
   <si>
     <t>Грициенко Андрей</t>
   </si>
   <si>
     <t>Скорняков Игорь</t>
   </si>
   <si>
+    <t>Цимбер Игорь</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
   </si>
   <si>
-    <t>Цимбер Игорь</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул 2»</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>20:37</t>
   </si>
   <si>
     <t>25:46</t>
   </si>
   <si>
     <t>Хомяков Алексей</t>
   </si>
   <si>
     <t>24:08</t>
   </si>
   <si>
     <t>32:55</t>
@@ -189,54 +189,54 @@
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>27:58</t>
   </si>
   <si>
     <t>38:59</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>33:09</t>
   </si>
   <si>
     <t>40:13</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>43:25</t>
   </si>
   <si>
+    <t>Новоселов Валерий</t>
+  </si>
+  <si>
     <t>Махлепов Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Новоселов Валерий</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Зайков Роман</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
@@ -993,51 +993,51 @@
         <v>1</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5"/>
       <c r="B7" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O7" s="6">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>13</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>1</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="6"/>
@@ -1257,78 +1257,78 @@
       <c r="B16" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
@@ -1807,78 +1807,78 @@
       </c>
       <c r="O34" s="7">
         <v>23</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>30</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>19</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>19</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>21</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>