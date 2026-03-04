--- v1 (2026-03-04)
+++ v2 (2026-03-04)
@@ -189,54 +189,54 @@
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>27:58</t>
   </si>
   <si>
     <t>38:59</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>33:09</t>
   </si>
   <si>
     <t>40:13</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>43:25</t>
   </si>
   <si>
+    <t>Махлепов Алексей</t>
+  </si>
+  <si>
     <t>Новоселов Валерий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Зайков Роман</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
@@ -1807,78 +1807,78 @@
       </c>
       <c r="O34" s="7">
         <v>23</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>30</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>19</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>19</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>21</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>