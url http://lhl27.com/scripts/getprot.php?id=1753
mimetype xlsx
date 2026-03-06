--- v0 (2026-03-04)
+++ v1 (2026-03-06)
@@ -234,54 +234,54 @@
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
     <t>Шиян Александр</t>
   </si>
   <si>
     <t>Дивиченко Андрей</t>
   </si>
   <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
     <t>Чье Бу</t>
   </si>
   <si>
     <t>Васильев Сергей</t>
   </si>
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
+    <t>Грунин Алексей</t>
+  </si>
+  <si>
     <t>Россейкин Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Белковский Константин</t>
   </si>
   <si>
     <t>Гетьман Сергей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>