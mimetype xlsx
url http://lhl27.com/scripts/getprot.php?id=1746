--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -102,57 +102,57 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>пб</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>14-38</t>
   </si>
   <si>
     <t>Куць Никита</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>38-30</t>
   </si>
   <si>
+    <t>Лисовский Игорь</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Хан Александр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>Акимкин Александр</t>
   </si>
   <si>
     <t>Степанов Павел</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Подкопаев Александр</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>