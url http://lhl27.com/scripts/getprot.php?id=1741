--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -147,54 +147,54 @@
   <si>
     <t>Назаров Иван</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Скворцов Павел</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Линьков Юрий</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
+    <t>Моисейчик Дмитрий</t>
+  </si>
+  <si>
     <t>Вятский Павел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Демичев Александр</t>
   </si>
   <si>
     <t>Иванишко Максим</t>
   </si>
   <si>
     <t>Никитюк Кирилл</t>
   </si>
   <si>
     <t>Савченко Петр</t>
   </si>
   <si>
     <t>Денисов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рыбари»</t>
   </si>