--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -201,54 +201,54 @@
   <si>
     <t>35-37</t>
   </si>
   <si>
     <t>28-05</t>
   </si>
   <si>
     <t>Оселедец Станислав</t>
   </si>
   <si>
     <t>44-00</t>
   </si>
   <si>
     <t>Забродин Юрий</t>
   </si>
   <si>
     <t>Соколовский Антон</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
   <si>
     <t>Ковалевский Михаил</t>
   </si>
   <si>
+    <t>Калинин Сергей</t>
+  </si>
+  <si>
     <t>Кирпота Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Калинин Сергей</t>
   </si>
   <si>
     <t>Овис Марк</t>
   </si>
   <si>
     <t>Шелков Сергей</t>
   </si>
   <si>
     <t>Дашевский Павел</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>