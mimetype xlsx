--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -1713,51 +1713,51 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>30</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>57</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>