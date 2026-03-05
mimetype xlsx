--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -126,54 +126,54 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Быков Максим</t>
   </si>
   <si>
     <t>Кривошеев Александр</t>
   </si>
   <si>
     <t>Кривошеев Евгений</t>
   </si>
   <si>
     <t>Изотов Сергей</t>
   </si>
   <si>
     <t>Грициенко Андрей</t>
   </si>
   <si>
     <t>Скорняков Игорь</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
+    <t>Цимбер Игорь</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Цимбер Игорь</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Невада 2»</t>
   </si>
   <si>
     <t>10-44</t>
   </si>
   <si>
     <t>Ким Юрий</t>
   </si>
   <si>
     <t>14-05</t>
   </si>
   <si>
     <t>Оселедец Станислав</t>
   </si>
   <si>
     <t>32-30</t>
   </si>
@@ -1205,78 +1205,78 @@
       <c r="B16" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">