--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -1772,51 +1772,51 @@
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>8</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O33" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>9</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="7"/>
@@ -2044,51 +2044,51 @@
       <c r="B42" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">