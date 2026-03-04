--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -153,54 +153,54 @@
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Первушов Александр</t>
   </si>
   <si>
     <t>Берба Алексей</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Дюжов Илья</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
   </si>
   <si>
+    <t>Афанасьев Михаил</t>
+  </si>
+  <si>
     <t>Дюжов Данил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Болельщики Амура»</t>
   </si>
   <si>
     <t>09:00</t>
   </si>
   <si>
     <t>00:00</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>41:50</t>
   </si>
   <si>
     <t>Вьюнов Александр</t>
   </si>