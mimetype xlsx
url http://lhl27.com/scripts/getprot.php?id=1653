--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -159,63 +159,63 @@
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>31:52</t>
   </si>
   <si>
     <t>Зо Алексей</t>
   </si>
   <si>
     <t>40:48</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>42:35</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
     <t>Шиян Александр</t>
   </si>
   <si>
+    <t>Ким Дмитрий</t>
+  </si>
+  <si>
     <t>Дивиченко Андрей</t>
   </si>
   <si>
-    <t>Ким Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Чье Бу</t>
   </si>
   <si>
+    <t>Деев Дмитрий</t>
+  </si>
+  <si>
     <t>Васильев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Деев Дмитрий</t>
   </si>
   <si>
     <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Россейкин Максим</t>
   </si>
   <si>
     <t>Белковский Константин</t>
   </si>
   <si>
     <t>Гетьман Сергей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
@@ -1362,78 +1362,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>55</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>55</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>71</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1443,78 +1443,78 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>72</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>72</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>73</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>