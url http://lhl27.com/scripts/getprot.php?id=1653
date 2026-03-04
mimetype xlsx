--- v1 (2025-12-07)
+++ v2 (2026-03-04)
@@ -1817,51 +1817,51 @@
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>63</v>
       </c>
       <c r="K31" s="7">
         <v>28</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>64</v>
       </c>
       <c r="O31" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>24</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>1</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H32" s="7"/>
@@ -2133,51 +2133,51 @@
       <c r="B42" s="12" t="s">
         <v>76</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">