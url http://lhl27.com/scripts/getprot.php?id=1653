--- v2 (2026-03-04)
+++ v3 (2026-03-05)
@@ -159,63 +159,63 @@
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>31:52</t>
   </si>
   <si>
     <t>Зо Алексей</t>
   </si>
   <si>
     <t>40:48</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>42:35</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
     <t>Шиян Александр</t>
   </si>
   <si>
+    <t>Дивиченко Андрей</t>
+  </si>
+  <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
-    <t>Дивиченко Андрей</t>
-[...1 lines deleted...]
-  <si>
     <t>Чье Бу</t>
   </si>
   <si>
+    <t>Васильев Сергей</t>
+  </si>
+  <si>
     <t>Деев Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Васильев Сергей</t>
   </si>
   <si>
     <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Россейкин Максим</t>
   </si>
   <si>
     <t>Белковский Константин</t>
   </si>
   <si>
     <t>Гетьман Сергей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
@@ -1362,78 +1362,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>55</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>55</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>71</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1443,78 +1443,78 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>72</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>72</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>73</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>