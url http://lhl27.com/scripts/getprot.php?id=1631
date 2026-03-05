--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -174,54 +174,54 @@
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>08:55</t>
   </si>
   <si>
     <t>31:10</t>
   </si>
   <si>
     <t>Ромашков Сергей</t>
   </si>
   <si>
     <t>25:00</t>
   </si>
   <si>
     <t>Вьюнов Александр</t>
   </si>
   <si>
     <t>27:40</t>
   </si>
   <si>
     <t>Шешуков Владимир</t>
   </si>
   <si>
+    <t>Болдырев Владимир</t>
+  </si>
+  <si>
     <t>Ахметшин Диан</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болдырев Владимир</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
     <t>Деменюк Константин</t>
   </si>
   <si>
     <t>Саксонин Дмитрий</t>
   </si>
   <si>
     <t>Грязнов Максим</t>
   </si>
   <si>
     <t>Куликов Денис</t>
   </si>
   <si>
     <t>Журавлев Виталий</t>
   </si>
   <si>
     <t>Васильев Павел</t>
   </si>
   <si>
     <t>Холкин Владимир</t>
   </si>