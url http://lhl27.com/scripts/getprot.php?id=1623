--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -114,66 +114,66 @@
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Пыжов Роман</t>
   </si>
   <si>
     <t>Плахотный Андрей</t>
   </si>
   <si>
     <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Белов Евгений</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Шелыганов Вадим</t>
   </si>
   <si>
     <t>Ильин Евгений</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Щелыганов Кирилл</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Кокорников Дмитрий</t>
   </si>
   <si>
     <t>Софьин Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1145,186 +1145,186 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>34</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>35</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>41</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>71</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>73</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>77</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1442,51 +1442,51 @@
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>99</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5"/>
       <c r="B24" s="12"/>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
@@ -1791,51 +1791,51 @@
       <c r="L33" s="7">
         <v>2</v>
       </c>
       <c r="M33" s="7">
         <v>7</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>11</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7">
         <v>-1</v>
       </c>
       <c r="J34" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K34" s="7">
         <v>96</v>
       </c>
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>