--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -213,69 +213,69 @@
   <si>
     <t>26:30</t>
   </si>
   <si>
     <t>Щетинин Валерий</t>
   </si>
   <si>
     <t>28:26</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Зо Алексей</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
     <t>Шиян Александр</t>
   </si>
   <si>
+    <t>Дивиченко Андрей</t>
+  </si>
+  <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
-    <t>Дивиченко Андрей</t>
-[...1 lines deleted...]
-  <si>
     <t>Чье Бу</t>
   </si>
   <si>
+    <t>Васильев Сергей</t>
+  </si>
+  <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
-    <t>Васильев Сергей</t>
+    <t>Россейкин Максим</t>
   </si>
   <si>
     <t>Грунин Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Россейкин Максим</t>
   </si>
   <si>
     <t>Белковский Константин</t>
   </si>
   <si>
     <t>Гетьман Сергей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -2002,78 +2002,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>55</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>55</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>71</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
@@ -2083,78 +2083,78 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>72</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>72</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>73</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>