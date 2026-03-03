--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -1414,51 +1414,51 @@
       <c r="B20" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">