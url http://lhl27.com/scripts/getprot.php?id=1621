--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -222,69 +222,69 @@
   <si>
     <t>29:41</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>39:59</t>
   </si>
   <si>
     <t>Миронов Дмитрий</t>
   </si>
   <si>
     <t>42:04</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
     <t>Рябухин Виталий</t>
   </si>
   <si>
     <t>Чинарев Андрей</t>
   </si>
   <si>
+    <t>Солоха Виктор</t>
+  </si>
+  <si>
+    <t>Ермаков Дмитрий</t>
+  </si>
+  <si>
+    <t>Гутик Сергей</t>
+  </si>
+  <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
+    <t>Дедковский Сергей</t>
+  </si>
+  <si>
+    <t>Казаченко Алексей</t>
+  </si>
+  <si>
     <t>Кирьяк Сергей</t>
-  </si>
-[...16 lines deleted...]
-    <t>Казаченко Алексей</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1981,186 +1981,186 @@
       <c r="B38" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">