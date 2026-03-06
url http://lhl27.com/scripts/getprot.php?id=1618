--- v0 (2026-03-05)
+++ v1 (2026-03-06)
@@ -192,54 +192,54 @@
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>43:53</t>
   </si>
   <si>
     <t>Храмцов Кирилл</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Новоселов Валерий</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
+    <t>Зайков Роман</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зайков Роман</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Манкевич Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>