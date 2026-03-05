--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -102,57 +102,57 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>04:40</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
+    <t>Селихов Алексей</t>
+  </si>
+  <si>
+    <t>16:27</t>
+  </si>
+  <si>
     <t>Черкес Кирилл</t>
-  </si>
-[...4 lines deleted...]
-    <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Карпылев Александр</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Левицкий Алексей</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Швец Александр</t>
   </si>