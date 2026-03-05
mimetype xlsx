--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -129,54 +129,54 @@
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44:48</t>
   </si>
   <si>
     <t>43:46</t>
   </si>
   <si>
     <t>Могилевский Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Стреж Илья</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
+    <t>Стариков Михаил</t>
+  </si>
+  <si>
     <t>Довбня Никита</t>
-  </si>
-[...1 lines deleted...]
-    <t>Стариков Михаил</t>
   </si>
   <si>
     <t>Дмитриев Данил</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Андриенко Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабрайон»</t>
   </si>