--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -213,54 +213,54 @@
   <si>
     <t>Хританков Кирилл</t>
   </si>
   <si>
     <t>Вязников Павел</t>
   </si>
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
+    <t>Крутский Валерий</t>
+  </si>
+  <si>
     <t>Браславский Леонид</t>
-  </si>
-[...1 lines deleted...]
-    <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Ромашкин Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1935,51 +1935,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>30</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>70</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
@@ -2016,78 +2016,78 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>88</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>88</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>93</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>