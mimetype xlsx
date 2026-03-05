--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -120,56 +120,56 @@
   <si>
     <t>Могилевский Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>35-17</t>
   </si>
   <si>
     <t>Чередник Владимир</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>Стреж Илья</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
+    <t>Довбня Никита</t>
+  </si>
+  <si>
     <t>Стариков Михаил</t>
   </si>
   <si>
-    <t>Довбня Никита</t>
-[...1 lines deleted...]
-  <si>
     <t>Дмитриев Данил</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Андриенко Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t>2:19</t>
@@ -213,54 +213,54 @@
   <si>
     <t>Хританков Кирилл</t>
   </si>
   <si>
     <t>Вязников Павел</t>
   </si>
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
+    <t>Браславский Леонид</t>
+  </si>
+  <si>
     <t>Крутский Валерий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Браславский Леонид</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Ромашкин Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -2016,78 +2016,78 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>88</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>88</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>93</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>